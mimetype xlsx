--- v0 (2026-01-12)
+++ v1 (2026-03-12)
@@ -7,56 +7,56 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\@SGC\@\U\Solicitud_servicio\2026\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\melei\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F81ED06D-B653-4E39-B003-A72699301971}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4CFC7C80-6376-4457-9469-674075353601}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="HOJA DE PEDIDO" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'HOJA DE PEDIDO'!$A$1:$N$57</definedName>
     <definedName name="CODIGO">#REF!</definedName>
     <definedName name="CODIGO2">#REF!</definedName>
     <definedName name="CONCEPTO">#REF!</definedName>
     <definedName name="DESCRIPCION">#REF!</definedName>
     <definedName name="FECHA">#REF!</definedName>
     <definedName name="SALARIO">#REF!</definedName>
     <definedName name="SERVICIOS">#REF!</definedName>
     <definedName name="SOLICITANTE">#REF!</definedName>
     <definedName name="TIPO">#REF!</definedName>
     <definedName name="TOTAL">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
@@ -216,55 +216,55 @@
   </si>
   <si>
     <t>LA EMISIÓN DE LA FACTURA ES OBLIGATORIA Y DENTRO DEL MES VIGENTE</t>
   </si>
   <si>
     <t>PROPORCIONO A CONTINUACIÓN LOS DATOS PARA LA CORRESPONDIENTE FACTURACIÓN, EN EL ENTENDIDO DE QUE:</t>
   </si>
   <si>
     <t>0122475987</t>
   </si>
   <si>
     <t>012022001224759872</t>
   </si>
   <si>
     <t>SOLICITO A USTEDES SE SIRVAN CONCEDER EL SERVICIO DURANTE EL PERÍODO ENERO - DICIEMBRE DE 2026</t>
   </si>
   <si>
     <t>Derechos de acceso y consulta al Sistema de Información Geográfica Municipal artículo 44 fracción I número 15 inciso a)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
-    <numFmt numFmtId="164" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
-[...3 lines deleted...]
-    <numFmt numFmtId="168" formatCode="[$-1540A]m/d/yy;@"/>
+    <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
+    <numFmt numFmtId="165" formatCode="m/d/yy;@"/>
+    <numFmt numFmtId="166" formatCode="[$-1540A]dd/mmm/yy;@"/>
+    <numFmt numFmtId="167" formatCode="[$-1540A]m/d/yy;@"/>
   </numFmts>
   <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Palatino Linotype"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Palatino Linotype"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Palatino Linotype"/>
       <family val="1"/>
@@ -733,333 +733,333 @@
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="164" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="103">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="11" fillId="2" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="44" fontId="11" fillId="2" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="168" fontId="15" fillId="5" borderId="0" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="15" fillId="5" borderId="0" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="justify"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="justify"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="justify"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="justify"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="justify"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="167" fontId="1" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="1" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="166" fontId="12" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="12" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="11" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="164" fontId="6" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="44" fontId="6" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="166" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="24" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="24" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="justify" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="22" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="6" borderId="0" xfId="3" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...77 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Celda de comprobación" xfId="1" builtinId="23"/>
     <cellStyle name="Hipervínculo" xfId="3" builtinId="8"/>
     <cellStyle name="Moneda" xfId="2" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
@@ -1526,1139 +1526,1140 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contabilidad@imipens.org" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N58"/>
   <sheetViews>
-    <sheetView showGridLines="0" showZeros="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A17" zoomScale="120" zoomScaleNormal="120" zoomScaleSheetLayoutView="120" workbookViewId="0">
-      <selection activeCell="T28" sqref="T28:T29"/>
+    <sheetView showGridLines="0" showZeros="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A26" zoomScale="120" zoomScaleNormal="120" zoomScaleSheetLayoutView="120" workbookViewId="0">
+      <selection activeCell="K36" sqref="K36"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.109375" defaultRowHeight="15" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="3.28515625" style="2" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="9" max="9" width="3.28515625" style="6" customWidth="1"/>
+    <col min="1" max="1" width="3.33203125" style="2" customWidth="1"/>
+    <col min="2" max="2" width="12.5546875" style="6" customWidth="1"/>
+    <col min="3" max="3" width="6.88671875" style="6" customWidth="1"/>
+    <col min="4" max="4" width="13.109375" style="6" customWidth="1"/>
+    <col min="5" max="5" width="4.6640625" style="6" customWidth="1"/>
+    <col min="6" max="7" width="3.5546875" style="6" customWidth="1"/>
+    <col min="8" max="8" width="6.33203125" style="6" customWidth="1"/>
+    <col min="9" max="9" width="3.33203125" style="6" customWidth="1"/>
     <col min="10" max="10" width="6" style="6" customWidth="1"/>
-    <col min="11" max="12" width="9.5703125" style="2" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15" max="16384" width="9.140625" style="2"/>
+    <col min="11" max="12" width="9.5546875" style="2" customWidth="1"/>
+    <col min="13" max="13" width="10.88671875" style="2" customWidth="1"/>
+    <col min="14" max="14" width="3.88671875" style="2" customWidth="1"/>
+    <col min="15" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-    <row r="2" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="88"/>
+      <c r="B1" s="89"/>
+      <c r="C1" s="89"/>
+      <c r="D1" s="89"/>
+      <c r="E1" s="89"/>
+      <c r="F1" s="89"/>
+      <c r="G1" s="89"/>
+      <c r="H1" s="89"/>
+      <c r="I1" s="89"/>
+      <c r="J1" s="89"/>
+      <c r="K1" s="89"/>
+      <c r="L1" s="89"/>
+      <c r="M1" s="89"/>
+      <c r="N1" s="90"/>
+    </row>
+    <row r="2" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="18"/>
       <c r="B2" s="19"/>
       <c r="C2" s="19"/>
       <c r="D2" s="19"/>
       <c r="E2" s="19"/>
       <c r="F2" s="19"/>
       <c r="G2" s="19"/>
       <c r="H2" s="19"/>
       <c r="I2" s="19"/>
       <c r="J2" s="19"/>
       <c r="K2" s="20"/>
       <c r="L2" s="20"/>
       <c r="M2" s="21"/>
       <c r="N2" s="22"/>
     </row>
-    <row r="3" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="18"/>
       <c r="C3" s="23"/>
-      <c r="D3" s="58" t="s">
+      <c r="D3" s="87" t="s">
         <v>40</v>
       </c>
-      <c r="E3" s="58"/>
-[...5 lines deleted...]
-      <c r="K3" s="58"/>
+      <c r="E3" s="87"/>
+      <c r="F3" s="87"/>
+      <c r="G3" s="87"/>
+      <c r="H3" s="87"/>
+      <c r="I3" s="87"/>
+      <c r="J3" s="87"/>
+      <c r="K3" s="87"/>
       <c r="L3" s="23"/>
       <c r="M3" s="23"/>
       <c r="N3" s="22"/>
     </row>
-    <row r="4" spans="1:14" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:14" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="18"/>
       <c r="B4" s="23"/>
       <c r="C4" s="23"/>
-      <c r="D4" s="58"/>
-[...6 lines deleted...]
-      <c r="K4" s="58"/>
+      <c r="D4" s="87"/>
+      <c r="E4" s="87"/>
+      <c r="F4" s="87"/>
+      <c r="G4" s="87"/>
+      <c r="H4" s="87"/>
+      <c r="I4" s="87"/>
+      <c r="J4" s="87"/>
+      <c r="K4" s="87"/>
       <c r="L4" s="23"/>
       <c r="M4" s="23"/>
       <c r="N4" s="22"/>
     </row>
-    <row r="5" spans="1:14" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:14" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="18"/>
       <c r="B5" s="24"/>
       <c r="C5" s="24"/>
       <c r="D5" s="24"/>
       <c r="E5" s="24"/>
       <c r="F5" s="24"/>
       <c r="G5" s="24"/>
       <c r="H5" s="24"/>
       <c r="I5" s="24"/>
       <c r="J5" s="24"/>
       <c r="K5" s="24"/>
       <c r="L5" s="24"/>
       <c r="M5" s="24"/>
       <c r="N5" s="22"/>
     </row>
-    <row r="6" spans="1:14" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:14" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="18"/>
       <c r="B6" s="24"/>
       <c r="C6" s="24"/>
       <c r="D6" s="24"/>
       <c r="E6" s="24"/>
       <c r="F6" s="24"/>
       <c r="G6" s="24"/>
       <c r="H6" s="24"/>
       <c r="I6" s="24"/>
       <c r="J6" s="24"/>
       <c r="K6" s="24"/>
       <c r="L6" s="25" t="s">
         <v>34</v>
       </c>
       <c r="M6" s="24"/>
       <c r="N6" s="22"/>
     </row>
     <row r="7" spans="1:14" s="4" customFormat="1" ht="14.1" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="26"/>
       <c r="B7" s="27"/>
       <c r="C7" s="27"/>
       <c r="D7" s="27"/>
       <c r="E7" s="27"/>
       <c r="F7" s="27"/>
       <c r="G7" s="27"/>
       <c r="H7" s="27"/>
       <c r="I7" s="27"/>
       <c r="J7" s="27"/>
       <c r="L7" s="25" t="s">
         <v>33</v>
       </c>
       <c r="M7" s="14"/>
       <c r="N7" s="9"/>
     </row>
     <row r="8" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="26"/>
       <c r="B8" s="28"/>
       <c r="C8" s="28"/>
-      <c r="D8" s="77" t="s">
+      <c r="D8" s="102" t="s">
         <v>30</v>
       </c>
-      <c r="E8" s="77"/>
-[...5 lines deleted...]
-      <c r="K8" s="77"/>
+      <c r="E8" s="102"/>
+      <c r="F8" s="102"/>
+      <c r="G8" s="102"/>
+      <c r="H8" s="102"/>
+      <c r="I8" s="102"/>
+      <c r="J8" s="102"/>
+      <c r="K8" s="102"/>
       <c r="L8" s="30"/>
       <c r="M8" s="31"/>
       <c r="N8" s="9"/>
     </row>
     <row r="9" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="26"/>
       <c r="B9" s="28"/>
       <c r="C9" s="28"/>
-      <c r="D9" s="77"/>
-[...6 lines deleted...]
-      <c r="K9" s="77"/>
+      <c r="D9" s="102"/>
+      <c r="E9" s="102"/>
+      <c r="F9" s="102"/>
+      <c r="G9" s="102"/>
+      <c r="H9" s="102"/>
+      <c r="I9" s="102"/>
+      <c r="J9" s="102"/>
+      <c r="K9" s="102"/>
       <c r="L9" s="30"/>
       <c r="M9" s="31"/>
       <c r="N9" s="9"/>
     </row>
     <row r="10" spans="1:14" s="4" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="26"/>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
-      <c r="D10" s="77"/>
-[...6 lines deleted...]
-      <c r="K10" s="77"/>
+      <c r="D10" s="102"/>
+      <c r="E10" s="102"/>
+      <c r="F10" s="102"/>
+      <c r="G10" s="102"/>
+      <c r="H10" s="102"/>
+      <c r="I10" s="102"/>
+      <c r="J10" s="102"/>
+      <c r="K10" s="102"/>
       <c r="L10" s="32"/>
       <c r="M10" s="10"/>
       <c r="N10" s="9"/>
     </row>
-    <row r="11" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="26"/>
-      <c r="B11" s="99" t="s">
+      <c r="B11" s="62" t="s">
         <v>31</v>
       </c>
-      <c r="C11" s="99"/>
-[...9 lines deleted...]
-      <c r="M11" s="99"/>
+      <c r="C11" s="62"/>
+      <c r="D11" s="62"/>
+      <c r="E11" s="62"/>
+      <c r="F11" s="62"/>
+      <c r="G11" s="62"/>
+      <c r="H11" s="62"/>
+      <c r="I11" s="62"/>
+      <c r="J11" s="62"/>
+      <c r="K11" s="62"/>
+      <c r="L11" s="62"/>
+      <c r="M11" s="62"/>
       <c r="N11" s="9"/>
     </row>
     <row r="12" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="26"/>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="29"/>
       <c r="E12" s="29"/>
       <c r="F12" s="29"/>
       <c r="G12" s="29"/>
       <c r="H12" s="29"/>
       <c r="I12" s="29"/>
       <c r="J12" s="29"/>
       <c r="K12" s="29"/>
       <c r="L12" s="32"/>
       <c r="M12" s="10"/>
       <c r="N12" s="9"/>
     </row>
     <row r="13" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="26"/>
-      <c r="B13" s="62" t="s">
+      <c r="B13" s="63" t="s">
         <v>45</v>
       </c>
-      <c r="C13" s="62"/>
-[...9 lines deleted...]
-      <c r="M13" s="62"/>
+      <c r="C13" s="63"/>
+      <c r="D13" s="63"/>
+      <c r="E13" s="63"/>
+      <c r="F13" s="63"/>
+      <c r="G13" s="63"/>
+      <c r="H13" s="63"/>
+      <c r="I13" s="63"/>
+      <c r="J13" s="63"/>
+      <c r="K13" s="63"/>
+      <c r="L13" s="63"/>
+      <c r="M13" s="63"/>
       <c r="N13" s="9"/>
     </row>
     <row r="14" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="26"/>
-      <c r="B14" s="62" t="s">
+      <c r="B14" s="63" t="s">
         <v>42</v>
       </c>
-      <c r="C14" s="62"/>
-[...9 lines deleted...]
-      <c r="M14" s="62"/>
+      <c r="C14" s="63"/>
+      <c r="D14" s="63"/>
+      <c r="E14" s="63"/>
+      <c r="F14" s="63"/>
+      <c r="G14" s="63"/>
+      <c r="H14" s="63"/>
+      <c r="I14" s="63"/>
+      <c r="J14" s="63"/>
+      <c r="K14" s="63"/>
+      <c r="L14" s="63"/>
+      <c r="M14" s="63"/>
       <c r="N14" s="9"/>
     </row>
     <row r="15" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="26"/>
-      <c r="B15" s="62" t="s">
+      <c r="B15" s="63" t="s">
         <v>41</v>
       </c>
-      <c r="C15" s="62"/>
-[...9 lines deleted...]
-      <c r="M15" s="62"/>
+      <c r="C15" s="63"/>
+      <c r="D15" s="63"/>
+      <c r="E15" s="63"/>
+      <c r="F15" s="63"/>
+      <c r="G15" s="63"/>
+      <c r="H15" s="63"/>
+      <c r="I15" s="63"/>
+      <c r="J15" s="63"/>
+      <c r="K15" s="63"/>
+      <c r="L15" s="63"/>
+      <c r="M15" s="63"/>
       <c r="N15" s="9"/>
     </row>
     <row r="16" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="26"/>
-      <c r="B16" s="62" t="s">
+      <c r="B16" s="63" t="s">
         <v>39</v>
       </c>
-      <c r="C16" s="62"/>
-[...9 lines deleted...]
-      <c r="M16" s="62"/>
+      <c r="C16" s="63"/>
+      <c r="D16" s="63"/>
+      <c r="E16" s="63"/>
+      <c r="F16" s="63"/>
+      <c r="G16" s="63"/>
+      <c r="H16" s="63"/>
+      <c r="I16" s="63"/>
+      <c r="J16" s="63"/>
+      <c r="K16" s="63"/>
+      <c r="L16" s="63"/>
+      <c r="M16" s="63"/>
       <c r="N16" s="9"/>
     </row>
     <row r="17" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="26"/>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="7"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="7"/>
       <c r="I17" s="7"/>
       <c r="J17" s="7"/>
       <c r="K17" s="7"/>
       <c r="L17" s="7"/>
       <c r="M17" s="7"/>
       <c r="N17" s="9"/>
     </row>
     <row r="18" spans="1:14" s="4" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A18" s="26"/>
       <c r="B18" s="12" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="49"/>
-      <c r="D18" s="94"/>
-[...8 lines deleted...]
-      <c r="M18" s="95"/>
+      <c r="D18" s="58"/>
+      <c r="E18" s="58"/>
+      <c r="F18" s="58"/>
+      <c r="G18" s="58"/>
+      <c r="H18" s="58"/>
+      <c r="I18" s="58"/>
+      <c r="J18" s="58"/>
+      <c r="K18" s="58"/>
+      <c r="L18" s="58"/>
+      <c r="M18" s="67"/>
       <c r="N18" s="9"/>
     </row>
     <row r="19" spans="1:14" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="26"/>
       <c r="B19" s="12"/>
       <c r="C19" s="50"/>
-      <c r="D19" s="102"/>
-[...8 lines deleted...]
-      <c r="M19" s="102"/>
+      <c r="D19" s="68"/>
+      <c r="E19" s="68"/>
+      <c r="F19" s="68"/>
+      <c r="G19" s="68"/>
+      <c r="H19" s="68"/>
+      <c r="I19" s="68"/>
+      <c r="J19" s="68"/>
+      <c r="K19" s="68"/>
+      <c r="L19" s="68"/>
+      <c r="M19" s="68"/>
       <c r="N19" s="9"/>
     </row>
     <row r="20" spans="1:14" s="4" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A20" s="26"/>
       <c r="B20" s="12" t="s">
         <v>3</v>
       </c>
       <c r="C20" s="50"/>
-      <c r="D20" s="94"/>
-[...8 lines deleted...]
-      <c r="M20" s="95"/>
+      <c r="D20" s="58"/>
+      <c r="E20" s="58"/>
+      <c r="F20" s="58"/>
+      <c r="G20" s="58"/>
+      <c r="H20" s="58"/>
+      <c r="I20" s="58"/>
+      <c r="J20" s="58"/>
+      <c r="K20" s="58"/>
+      <c r="L20" s="58"/>
+      <c r="M20" s="67"/>
       <c r="N20" s="9"/>
     </row>
     <row r="21" spans="1:14" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="26"/>
-      <c r="B21" s="66" t="s">
+      <c r="B21" s="94" t="s">
         <v>17</v>
       </c>
       <c r="C21" s="28"/>
-      <c r="D21" s="74"/>
-[...8 lines deleted...]
-      <c r="M21" s="74"/>
+      <c r="D21" s="66"/>
+      <c r="E21" s="66"/>
+      <c r="F21" s="66"/>
+      <c r="G21" s="66"/>
+      <c r="H21" s="66"/>
+      <c r="I21" s="66"/>
+      <c r="J21" s="66"/>
+      <c r="K21" s="66"/>
+      <c r="L21" s="66"/>
+      <c r="M21" s="66"/>
       <c r="N21" s="9"/>
     </row>
     <row r="22" spans="1:14" s="4" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A22" s="26"/>
-      <c r="B22" s="66"/>
+      <c r="B22" s="94"/>
       <c r="C22" s="49"/>
-      <c r="D22" s="94"/>
-[...8 lines deleted...]
-      <c r="M22" s="101"/>
+      <c r="D22" s="58"/>
+      <c r="E22" s="64"/>
+      <c r="F22" s="64"/>
+      <c r="G22" s="64"/>
+      <c r="H22" s="64"/>
+      <c r="I22" s="64"/>
+      <c r="J22" s="64"/>
+      <c r="K22" s="64"/>
+      <c r="L22" s="64"/>
+      <c r="M22" s="65"/>
       <c r="N22" s="9"/>
     </row>
     <row r="23" spans="1:14" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="26"/>
       <c r="B23" s="12"/>
       <c r="C23" s="50"/>
-      <c r="D23" s="102"/>
-[...8 lines deleted...]
-      <c r="M23" s="102"/>
+      <c r="D23" s="68"/>
+      <c r="E23" s="68"/>
+      <c r="F23" s="68"/>
+      <c r="G23" s="68"/>
+      <c r="H23" s="68"/>
+      <c r="I23" s="68"/>
+      <c r="J23" s="68"/>
+      <c r="K23" s="68"/>
+      <c r="L23" s="68"/>
+      <c r="M23" s="68"/>
       <c r="N23" s="9"/>
     </row>
     <row r="24" spans="1:14" s="4" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A24" s="26"/>
       <c r="B24" s="12" t="s">
         <v>11</v>
       </c>
-      <c r="D24" s="94"/>
-[...8 lines deleted...]
-      <c r="M24" s="101"/>
+      <c r="D24" s="58"/>
+      <c r="E24" s="64"/>
+      <c r="F24" s="64"/>
+      <c r="G24" s="64"/>
+      <c r="H24" s="64"/>
+      <c r="I24" s="64"/>
+      <c r="J24" s="64"/>
+      <c r="K24" s="64"/>
+      <c r="L24" s="64"/>
+      <c r="M24" s="65"/>
       <c r="N24" s="9"/>
     </row>
     <row r="25" spans="1:14" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="26"/>
       <c r="B25" s="12"/>
       <c r="C25" s="51"/>
-      <c r="D25" s="74"/>
-[...8 lines deleted...]
-      <c r="M25" s="74"/>
+      <c r="D25" s="66"/>
+      <c r="E25" s="66"/>
+      <c r="F25" s="66"/>
+      <c r="G25" s="66"/>
+      <c r="H25" s="66"/>
+      <c r="I25" s="66"/>
+      <c r="J25" s="66"/>
+      <c r="K25" s="66"/>
+      <c r="L25" s="66"/>
+      <c r="M25" s="66"/>
       <c r="N25" s="9"/>
     </row>
     <row r="26" spans="1:14" s="4" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A26" s="26"/>
       <c r="B26" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C26" s="51"/>
-      <c r="D26" s="94"/>
-[...8 lines deleted...]
-      <c r="M26" s="95"/>
+      <c r="D26" s="58"/>
+      <c r="E26" s="58"/>
+      <c r="F26" s="58"/>
+      <c r="G26" s="58"/>
+      <c r="H26" s="58"/>
+      <c r="I26" s="58"/>
+      <c r="J26" s="58"/>
+      <c r="K26" s="58"/>
+      <c r="L26" s="58"/>
+      <c r="M26" s="67"/>
       <c r="N26" s="9"/>
     </row>
     <row r="27" spans="1:14" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="26"/>
       <c r="B27" s="12"/>
       <c r="C27" s="51"/>
-      <c r="D27" s="74"/>
-[...8 lines deleted...]
-      <c r="M27" s="74"/>
+      <c r="D27" s="66"/>
+      <c r="E27" s="66"/>
+      <c r="F27" s="66"/>
+      <c r="G27" s="66"/>
+      <c r="H27" s="66"/>
+      <c r="I27" s="66"/>
+      <c r="J27" s="66"/>
+      <c r="K27" s="66"/>
+      <c r="L27" s="66"/>
+      <c r="M27" s="66"/>
       <c r="N27" s="9"/>
     </row>
     <row r="28" spans="1:14" s="4" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A28" s="26"/>
       <c r="B28" s="52" t="s">
         <v>6</v>
       </c>
       <c r="C28" s="53"/>
-      <c r="D28" s="94"/>
-[...8 lines deleted...]
-      <c r="M28" s="95"/>
+      <c r="D28" s="58"/>
+      <c r="E28" s="58"/>
+      <c r="F28" s="58"/>
+      <c r="G28" s="58"/>
+      <c r="H28" s="58"/>
+      <c r="I28" s="58"/>
+      <c r="J28" s="58"/>
+      <c r="K28" s="58"/>
+      <c r="L28" s="58"/>
+      <c r="M28" s="67"/>
       <c r="N28" s="9"/>
     </row>
     <row r="29" spans="1:14" s="1" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="54"/>
       <c r="B29" s="12"/>
       <c r="C29" s="51"/>
-      <c r="D29" s="74"/>
-[...8 lines deleted...]
-      <c r="M29" s="74"/>
+      <c r="D29" s="66"/>
+      <c r="E29" s="66"/>
+      <c r="F29" s="66"/>
+      <c r="G29" s="66"/>
+      <c r="H29" s="66"/>
+      <c r="I29" s="66"/>
+      <c r="J29" s="66"/>
+      <c r="K29" s="66"/>
+      <c r="L29" s="66"/>
+      <c r="M29" s="66"/>
       <c r="N29" s="13"/>
     </row>
     <row r="30" spans="1:14" s="1" customFormat="1" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A30" s="54"/>
       <c r="B30" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C30" s="53"/>
-      <c r="D30" s="94"/>
-[...6 lines deleted...]
-      <c r="K30" s="94"/>
+      <c r="D30" s="58"/>
+      <c r="E30" s="58"/>
+      <c r="F30" s="58"/>
+      <c r="G30" s="58"/>
+      <c r="H30" s="58"/>
+      <c r="I30" s="58"/>
+      <c r="J30" s="58"/>
+      <c r="K30" s="58"/>
       <c r="L30" s="12" t="s">
         <v>38</v>
       </c>
       <c r="M30" s="15"/>
       <c r="N30" s="13"/>
     </row>
     <row r="31" spans="1:14" s="1" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="54"/>
       <c r="B31" s="55"/>
       <c r="C31" s="56"/>
-      <c r="D31" s="73"/>
-[...8 lines deleted...]
-      <c r="M31" s="73"/>
+      <c r="D31" s="101"/>
+      <c r="E31" s="101"/>
+      <c r="F31" s="101"/>
+      <c r="G31" s="101"/>
+      <c r="H31" s="101"/>
+      <c r="I31" s="101"/>
+      <c r="J31" s="101"/>
+      <c r="K31" s="101"/>
+      <c r="L31" s="101"/>
+      <c r="M31" s="101"/>
       <c r="N31" s="13"/>
     </row>
     <row r="32" spans="1:14" s="1" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="54"/>
       <c r="B32" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C32" s="56"/>
       <c r="D32" s="7" t="s">
         <v>9</v>
       </c>
       <c r="E32" s="10"/>
       <c r="F32" s="8"/>
       <c r="G32" s="10"/>
-      <c r="H32" s="91" t="s">
+      <c r="H32" s="82" t="s">
         <v>10</v>
       </c>
-      <c r="I32" s="91"/>
+      <c r="I32" s="82"/>
       <c r="J32" s="8"/>
       <c r="N32" s="13"/>
     </row>
     <row r="33" spans="1:14" s="1" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="54"/>
-      <c r="D33" s="72"/>
-[...8 lines deleted...]
-      <c r="M33" s="72"/>
+      <c r="D33" s="100"/>
+      <c r="E33" s="100"/>
+      <c r="F33" s="100"/>
+      <c r="G33" s="100"/>
+      <c r="H33" s="100"/>
+      <c r="I33" s="100"/>
+      <c r="J33" s="100"/>
+      <c r="K33" s="100"/>
+      <c r="L33" s="100"/>
+      <c r="M33" s="100"/>
       <c r="N33" s="17"/>
     </row>
-    <row r="34" spans="1:14" ht="9.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:14" ht="9.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="18"/>
       <c r="B34" s="57"/>
       <c r="C34" s="57"/>
-      <c r="D34" s="72"/>
-[...8 lines deleted...]
-      <c r="M34" s="72"/>
+      <c r="D34" s="100"/>
+      <c r="E34" s="100"/>
+      <c r="F34" s="100"/>
+      <c r="G34" s="100"/>
+      <c r="H34" s="100"/>
+      <c r="I34" s="100"/>
+      <c r="J34" s="100"/>
+      <c r="K34" s="100"/>
+      <c r="L34" s="100"/>
+      <c r="M34" s="100"/>
       <c r="N34" s="16"/>
     </row>
-    <row r="35" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="18"/>
       <c r="B35" s="33" t="s">
         <v>0</v>
       </c>
       <c r="C35" s="33" t="s">
         <v>1</v>
       </c>
-      <c r="D35" s="69" t="s">
+      <c r="D35" s="97" t="s">
         <v>32</v>
       </c>
-      <c r="E35" s="70"/>
-[...4 lines deleted...]
-      <c r="J35" s="70"/>
+      <c r="E35" s="98"/>
+      <c r="F35" s="98"/>
+      <c r="G35" s="98"/>
+      <c r="H35" s="98"/>
+      <c r="I35" s="98"/>
+      <c r="J35" s="98"/>
       <c r="K35" s="33" t="s">
         <v>12</v>
       </c>
       <c r="L35" s="33" t="s">
         <v>13</v>
       </c>
       <c r="M35" s="33" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="36" spans="1:14" ht="45.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:14" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="18"/>
       <c r="B36" s="34">
         <v>1</v>
       </c>
       <c r="C36" s="35">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D36" s="67" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" s="95" t="s">
         <v>46</v>
       </c>
-      <c r="E36" s="68"/>
-[...4 lines deleted...]
-      <c r="J36" s="68"/>
+      <c r="E36" s="96"/>
+      <c r="F36" s="96"/>
+      <c r="G36" s="96"/>
+      <c r="H36" s="96"/>
+      <c r="I36" s="96"/>
+      <c r="J36" s="96"/>
       <c r="K36" s="36">
-        <v>113.14</v>
+        <v>117.31</v>
       </c>
       <c r="L36" s="36">
         <v>50</v>
       </c>
       <c r="M36" s="11">
         <f>K36*L36</f>
-        <v>5657</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14" ht="6" customHeight="1" x14ac:dyDescent="0.3">
+        <v>5865.5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14" ht="6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="18"/>
       <c r="B37" s="37"/>
       <c r="C37" s="37"/>
       <c r="D37" s="37"/>
       <c r="E37" s="37"/>
       <c r="F37" s="37"/>
       <c r="G37" s="37"/>
       <c r="H37" s="37"/>
       <c r="I37" s="37"/>
       <c r="J37" s="37"/>
       <c r="K37" s="22"/>
     </row>
-    <row r="38" spans="1:14" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:14" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="18"/>
       <c r="B38" s="37"/>
       <c r="C38" s="37"/>
       <c r="D38" s="37"/>
       <c r="E38" s="37"/>
       <c r="F38" s="37"/>
       <c r="G38" s="37"/>
       <c r="H38" s="37"/>
       <c r="I38" s="37"/>
       <c r="J38" s="37"/>
     </row>
-    <row r="39" spans="1:14" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:14" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="18"/>
       <c r="B39" s="37"/>
       <c r="C39" s="37"/>
       <c r="D39" s="37"/>
       <c r="E39" s="37"/>
       <c r="F39" s="37"/>
       <c r="G39" s="37"/>
       <c r="H39" s="37"/>
       <c r="I39" s="37"/>
       <c r="J39" s="37"/>
     </row>
-    <row r="40" spans="1:14" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:14" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="18"/>
       <c r="B40" s="38"/>
-      <c r="C40" s="97" t="s">
+      <c r="C40" s="60" t="s">
         <v>35</v>
       </c>
-      <c r="D40" s="97"/>
-[...9 lines deleted...]
-    <row r="41" spans="1:14" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="D40" s="60"/>
+      <c r="E40" s="60"/>
+      <c r="F40" s="60"/>
+      <c r="G40" s="60"/>
+      <c r="H40" s="60"/>
+      <c r="I40" s="60"/>
+      <c r="J40" s="60"/>
+      <c r="K40" s="60"/>
+      <c r="L40" s="60"/>
+    </row>
+    <row r="41" spans="1:14" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="18"/>
       <c r="B41" s="38"/>
-      <c r="C41" s="98" t="s">
+      <c r="C41" s="61" t="s">
         <v>36</v>
       </c>
-      <c r="D41" s="98"/>
-[...7 lines deleted...]
-      <c r="L41" s="98"/>
+      <c r="D41" s="61"/>
+      <c r="E41" s="61"/>
+      <c r="F41" s="61"/>
+      <c r="G41" s="61"/>
+      <c r="H41" s="61"/>
+      <c r="I41" s="61"/>
+      <c r="J41" s="61"/>
+      <c r="K41" s="61"/>
+      <c r="L41" s="61"/>
       <c r="M41" s="39"/>
     </row>
-    <row r="42" spans="1:14" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:14" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="18"/>
-      <c r="B42" s="96" t="s">
+      <c r="B42" s="59" t="s">
         <v>37</v>
       </c>
-      <c r="C42" s="96"/>
-[...11 lines deleted...]
-    <row r="43" spans="1:14" ht="7.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C42" s="59"/>
+      <c r="D42" s="59"/>
+      <c r="E42" s="59"/>
+      <c r="F42" s="59"/>
+      <c r="G42" s="59"/>
+      <c r="H42" s="59"/>
+      <c r="I42" s="59"/>
+      <c r="J42" s="59"/>
+      <c r="K42" s="59"/>
+      <c r="L42" s="59"/>
+      <c r="M42" s="59"/>
+    </row>
+    <row r="43" spans="1:14" ht="7.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="18"/>
       <c r="B43" s="37"/>
       <c r="C43" s="37"/>
       <c r="D43" s="37"/>
       <c r="E43" s="37"/>
       <c r="F43" s="37"/>
       <c r="G43" s="37"/>
       <c r="H43" s="37"/>
       <c r="I43" s="37"/>
       <c r="J43" s="37"/>
     </row>
-    <row r="44" spans="1:14" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:14" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A44" s="18"/>
-      <c r="B44" s="71" t="s">
+      <c r="B44" s="99" t="s">
         <v>15</v>
       </c>
-      <c r="C44" s="71"/>
-      <c r="D44" s="71"/>
+      <c r="C44" s="99"/>
+      <c r="D44" s="99"/>
       <c r="E44" s="40"/>
       <c r="F44" s="40"/>
       <c r="G44" s="40"/>
       <c r="H44" s="40"/>
       <c r="I44" s="40"/>
       <c r="J44" s="40"/>
       <c r="K44" s="40"/>
       <c r="L44" s="40"/>
       <c r="M44" s="40"/>
       <c r="N44" s="22"/>
     </row>
-    <row r="45" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="18"/>
-      <c r="B45" s="82" t="s">
+      <c r="B45" s="73" t="s">
         <v>2</v>
       </c>
-      <c r="C45" s="83"/>
-[...9 lines deleted...]
-      <c r="M45" s="84"/>
+      <c r="C45" s="74"/>
+      <c r="D45" s="74"/>
+      <c r="E45" s="74"/>
+      <c r="F45" s="74"/>
+      <c r="G45" s="74"/>
+      <c r="H45" s="74"/>
+      <c r="I45" s="74"/>
+      <c r="J45" s="74"/>
+      <c r="K45" s="74"/>
+      <c r="L45" s="74"/>
+      <c r="M45" s="75"/>
       <c r="N45" s="41"/>
     </row>
-    <row r="46" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A46" s="18"/>
-      <c r="B46" s="85" t="s">
+      <c r="B46" s="76" t="s">
         <v>22</v>
       </c>
-      <c r="C46" s="86"/>
-      <c r="D46" s="75" t="s">
+      <c r="C46" s="77"/>
+      <c r="D46" s="83" t="s">
         <v>18</v>
       </c>
-      <c r="E46" s="75"/>
-[...7 lines deleted...]
-      <c r="M46" s="76"/>
+      <c r="E46" s="83"/>
+      <c r="F46" s="83"/>
+      <c r="G46" s="83"/>
+      <c r="H46" s="83"/>
+      <c r="I46" s="83"/>
+      <c r="J46" s="83"/>
+      <c r="K46" s="83"/>
+      <c r="L46" s="83"/>
+      <c r="M46" s="84"/>
       <c r="N46" s="41"/>
     </row>
-    <row r="47" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A47" s="18"/>
-      <c r="B47" s="85" t="s">
+      <c r="B47" s="76" t="s">
         <v>23</v>
       </c>
-      <c r="C47" s="86"/>
-      <c r="D47" s="75" t="s">
+      <c r="C47" s="77"/>
+      <c r="D47" s="83" t="s">
         <v>19</v>
       </c>
-      <c r="E47" s="75"/>
-[...7 lines deleted...]
-      <c r="M47" s="76"/>
+      <c r="E47" s="83"/>
+      <c r="F47" s="83"/>
+      <c r="G47" s="83"/>
+      <c r="H47" s="83"/>
+      <c r="I47" s="83"/>
+      <c r="J47" s="83"/>
+      <c r="K47" s="83"/>
+      <c r="L47" s="83"/>
+      <c r="M47" s="84"/>
       <c r="N47" s="41"/>
     </row>
-    <row r="48" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="18"/>
-      <c r="B48" s="85" t="s">
+      <c r="B48" s="76" t="s">
         <v>24</v>
       </c>
-      <c r="C48" s="86"/>
-      <c r="D48" s="75" t="s">
+      <c r="C48" s="77"/>
+      <c r="D48" s="83" t="s">
         <v>43</v>
       </c>
-      <c r="E48" s="75"/>
-[...7 lines deleted...]
-      <c r="M48" s="76"/>
+      <c r="E48" s="83"/>
+      <c r="F48" s="83"/>
+      <c r="G48" s="83"/>
+      <c r="H48" s="83"/>
+      <c r="I48" s="83"/>
+      <c r="J48" s="83"/>
+      <c r="K48" s="83"/>
+      <c r="L48" s="83"/>
+      <c r="M48" s="84"/>
       <c r="N48" s="41"/>
     </row>
-    <row r="49" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A49" s="18"/>
-      <c r="B49" s="85" t="s">
+      <c r="B49" s="76" t="s">
         <v>25</v>
       </c>
-      <c r="C49" s="86"/>
-      <c r="D49" s="75" t="s">
+      <c r="C49" s="77"/>
+      <c r="D49" s="83" t="s">
         <v>44</v>
       </c>
-      <c r="E49" s="75"/>
-[...7 lines deleted...]
-      <c r="M49" s="76"/>
+      <c r="E49" s="83"/>
+      <c r="F49" s="83"/>
+      <c r="G49" s="83"/>
+      <c r="H49" s="83"/>
+      <c r="I49" s="83"/>
+      <c r="J49" s="83"/>
+      <c r="K49" s="83"/>
+      <c r="L49" s="83"/>
+      <c r="M49" s="84"/>
       <c r="N49" s="41"/>
     </row>
-    <row r="50" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A50" s="18"/>
-      <c r="B50" s="92" t="s">
+      <c r="B50" s="85" t="s">
         <v>26</v>
       </c>
-      <c r="C50" s="93"/>
-      <c r="D50" s="75" t="s">
+      <c r="C50" s="86"/>
+      <c r="D50" s="83" t="s">
         <v>20</v>
       </c>
-      <c r="E50" s="75"/>
-[...7 lines deleted...]
-      <c r="M50" s="76"/>
+      <c r="E50" s="83"/>
+      <c r="F50" s="83"/>
+      <c r="G50" s="83"/>
+      <c r="H50" s="83"/>
+      <c r="I50" s="83"/>
+      <c r="J50" s="83"/>
+      <c r="K50" s="83"/>
+      <c r="L50" s="83"/>
+      <c r="M50" s="84"/>
       <c r="N50" s="41"/>
     </row>
-    <row r="51" spans="1:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A51" s="18"/>
-      <c r="B51" s="87" t="s">
+      <c r="B51" s="78" t="s">
         <v>27</v>
       </c>
-      <c r="C51" s="88"/>
-      <c r="D51" s="89" t="s">
+      <c r="C51" s="79"/>
+      <c r="D51" s="80" t="s">
         <v>21</v>
       </c>
-      <c r="E51" s="89"/>
-[...7 lines deleted...]
-      <c r="M51" s="90"/>
+      <c r="E51" s="80"/>
+      <c r="F51" s="80"/>
+      <c r="G51" s="80"/>
+      <c r="H51" s="80"/>
+      <c r="I51" s="80"/>
+      <c r="J51" s="80"/>
+      <c r="K51" s="80"/>
+      <c r="L51" s="80"/>
+      <c r="M51" s="81"/>
       <c r="N51" s="41"/>
     </row>
-    <row r="52" spans="1:14" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:14" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A52" s="18"/>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="2"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
       <c r="I52" s="2"/>
       <c r="J52" s="2"/>
       <c r="N52" s="41"/>
     </row>
-    <row r="53" spans="1:14" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:14" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A53" s="18"/>
-      <c r="B53" s="80" t="s">
+      <c r="B53" s="71" t="s">
         <v>28</v>
       </c>
-      <c r="C53" s="81"/>
-[...7 lines deleted...]
-      <c r="K53" s="78">
+      <c r="C53" s="72"/>
+      <c r="D53" s="72"/>
+      <c r="E53" s="72"/>
+      <c r="F53" s="72"/>
+      <c r="G53" s="72"/>
+      <c r="H53" s="72"/>
+      <c r="I53" s="72"/>
+      <c r="J53" s="72"/>
+      <c r="K53" s="69">
         <f>D20</f>
         <v>0</v>
       </c>
-      <c r="L53" s="78"/>
-      <c r="M53" s="79"/>
+      <c r="L53" s="69"/>
+      <c r="M53" s="70"/>
       <c r="N53" s="41"/>
     </row>
-    <row r="54" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A54" s="18"/>
       <c r="B54" s="42"/>
       <c r="C54" s="42"/>
       <c r="D54" s="43"/>
       <c r="E54" s="43"/>
       <c r="F54" s="43"/>
       <c r="G54" s="44"/>
       <c r="H54" s="44"/>
       <c r="I54" s="44"/>
       <c r="J54" s="44"/>
       <c r="K54" s="44"/>
       <c r="L54" s="44"/>
       <c r="M54" s="44"/>
       <c r="N54" s="41"/>
     </row>
-    <row r="55" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:14" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A55" s="18"/>
-      <c r="B55" s="63" t="s">
+      <c r="B55" s="91" t="s">
         <v>29</v>
       </c>
-      <c r="C55" s="63"/>
-[...9 lines deleted...]
-      <c r="M55" s="63"/>
+      <c r="C55" s="91"/>
+      <c r="D55" s="91"/>
+      <c r="E55" s="91"/>
+      <c r="F55" s="91"/>
+      <c r="G55" s="91"/>
+      <c r="H55" s="91"/>
+      <c r="I55" s="91"/>
+      <c r="J55" s="91"/>
+      <c r="K55" s="91"/>
+      <c r="L55" s="91"/>
+      <c r="M55" s="91"/>
       <c r="N55" s="41"/>
     </row>
-    <row r="56" spans="1:14" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:14" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A56" s="18"/>
-      <c r="B56" s="64" t="s">
+      <c r="B56" s="92" t="s">
         <v>16</v>
       </c>
-      <c r="C56" s="65"/>
-[...9 lines deleted...]
-      <c r="M56" s="65"/>
+      <c r="C56" s="93"/>
+      <c r="D56" s="93"/>
+      <c r="E56" s="93"/>
+      <c r="F56" s="93"/>
+      <c r="G56" s="93"/>
+      <c r="H56" s="93"/>
+      <c r="I56" s="93"/>
+      <c r="J56" s="93"/>
+      <c r="K56" s="93"/>
+      <c r="L56" s="93"/>
+      <c r="M56" s="93"/>
       <c r="N56" s="41"/>
     </row>
-    <row r="57" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="45"/>
       <c r="B57" s="46"/>
       <c r="C57" s="46"/>
       <c r="D57" s="46"/>
       <c r="E57" s="46"/>
       <c r="F57" s="46"/>
       <c r="G57" s="46"/>
       <c r="H57" s="46"/>
       <c r="I57" s="46"/>
       <c r="J57" s="46"/>
       <c r="K57" s="47"/>
       <c r="L57" s="47"/>
       <c r="M57" s="47"/>
       <c r="N57" s="48"/>
     </row>
     <row r="58" spans="1:14" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="7"/>
       <c r="C58" s="7"/>
       <c r="D58" s="7"/>
       <c r="E58" s="7"/>
       <c r="F58" s="7"/>
       <c r="G58" s="7"/>
       <c r="H58" s="7"/>
       <c r="I58" s="7"/>
       <c r="J58" s="7"/>
       <c r="K58" s="5"/>
       <c r="L58" s="5"/>
       <c r="M58" s="5"/>
     </row>
   </sheetData>
+  <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="48">
+    <mergeCell ref="D3:K4"/>
+    <mergeCell ref="A1:N1"/>
+    <mergeCell ref="B13:M13"/>
+    <mergeCell ref="B55:M55"/>
+    <mergeCell ref="B56:M56"/>
+    <mergeCell ref="B21:B22"/>
+    <mergeCell ref="D36:J36"/>
+    <mergeCell ref="D35:J35"/>
+    <mergeCell ref="B44:D44"/>
+    <mergeCell ref="D33:M34"/>
+    <mergeCell ref="D31:M31"/>
+    <mergeCell ref="D21:M21"/>
+    <mergeCell ref="D46:M46"/>
+    <mergeCell ref="D47:M47"/>
+    <mergeCell ref="D48:M48"/>
+    <mergeCell ref="D8:K10"/>
+    <mergeCell ref="K53:M53"/>
+    <mergeCell ref="B53:J53"/>
+    <mergeCell ref="B16:M16"/>
+    <mergeCell ref="B45:M45"/>
+    <mergeCell ref="B46:C46"/>
+    <mergeCell ref="B51:C51"/>
+    <mergeCell ref="D51:M51"/>
+    <mergeCell ref="H32:I32"/>
+    <mergeCell ref="D49:M49"/>
+    <mergeCell ref="D50:M50"/>
+    <mergeCell ref="B47:C47"/>
+    <mergeCell ref="B48:C48"/>
+    <mergeCell ref="B49:C49"/>
+    <mergeCell ref="B50:C50"/>
+    <mergeCell ref="D18:M18"/>
+    <mergeCell ref="D20:M20"/>
     <mergeCell ref="D30:K30"/>
     <mergeCell ref="B42:M42"/>
     <mergeCell ref="C40:L40"/>
     <mergeCell ref="C41:L41"/>
     <mergeCell ref="B11:M11"/>
     <mergeCell ref="B14:M14"/>
     <mergeCell ref="B15:M15"/>
     <mergeCell ref="D22:M22"/>
     <mergeCell ref="D25:M25"/>
     <mergeCell ref="D27:M27"/>
     <mergeCell ref="D26:M26"/>
     <mergeCell ref="D28:M28"/>
     <mergeCell ref="D24:M24"/>
     <mergeCell ref="D19:M19"/>
     <mergeCell ref="D29:M29"/>
     <mergeCell ref="D23:M23"/>
-    <mergeCell ref="K53:M53"/>
-[...30 lines deleted...]
-    <mergeCell ref="D8:K10"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C36" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>CODIGO2</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J32" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>SOLICITANTE</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="B56" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.56000000000000005" right="0.55000000000000004" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
-  <pageSetup scale="99" orientation="portrait" r:id="rId2"/>
+  <pageSetup scale="98" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="56" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="D51" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>